--- v0 (2025-10-13)
+++ v1 (2026-01-25)
@@ -1,172 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="30874E65" w14:textId="354A4343" w:rsidR="00A411E0" w:rsidRDefault="009E1030" w:rsidP="00650E3E">
+    <w:p w14:paraId="30874E65" w14:textId="354A4343" w:rsidR="00A411E0" w:rsidRPr="00650E3E" w:rsidRDefault="009E1030" w:rsidP="00650E3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00650E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NCDA Board Member Keynote Topics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBB7C57" w14:textId="77EA385C" w:rsidR="00DC21C1" w:rsidRDefault="00DC21C1" w:rsidP="00650E3E">
-[...12 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="012D17F0" w14:textId="77777777" w:rsidR="009E1030" w:rsidRPr="00846F00" w:rsidRDefault="009E1030" w:rsidP="00A411E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F1E70F5" w14:textId="77777777" w:rsidR="00CA7EA3" w:rsidRDefault="00CA7EA3" w:rsidP="00CA7EA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DE0025E" w14:textId="77777777" w:rsidR="005D5A87" w:rsidRDefault="005D5A87" w:rsidP="005D5A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...77 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Dirk Matthews, President (Chicago)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C78353" w14:textId="65123B23" w:rsidR="005D5A87" w:rsidRDefault="005D5A87" w:rsidP="005D5A87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Career development for </w:t>
       </w:r>
       <w:r w:rsidR="00EB020C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -912,51 +840,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D838B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Women’s Career Issues</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7911FD57" w14:textId="77777777" w:rsidR="005D5A87" w:rsidRDefault="005D5A87" w:rsidP="005D5A87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D838B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pedagogy in Counselor Education and Supervision</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4230ECF7" w14:textId="77777777" w:rsidR="005D5A87" w:rsidRPr="00D838B2" w:rsidRDefault="005D5A87" w:rsidP="005D5A87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Career Counseling for Retirement Planning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6DC51B" w14:textId="77777777" w:rsidR="005D5A87" w:rsidRDefault="005D5A87" w:rsidP="00CA7EA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1310,65 +1237,56 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C02DA5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
         <w:t>Self-care for Career Development Professionals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00DADAF2" w14:textId="4614E50E" w:rsidR="004224C6" w:rsidRDefault="004224C6" w:rsidP="00CA7EA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Galaxina</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Wright, Trustee (</w:t>
+        <w:t>Galaxina Wright, Trustee (</w:t>
       </w:r>
       <w:r w:rsidR="003B6BAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ft. Lauderdale</w:t>
       </w:r>
       <w:r w:rsidR="00EB020C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, FL</w:t>
       </w:r>
       <w:r w:rsidR="003B6BAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B61D815" w14:textId="77777777" w:rsidR="003B6BAB" w:rsidRDefault="003B6BAB" w:rsidP="00CA7EA3">
       <w:pPr>
@@ -1591,190 +1509,327 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00344F34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Connecting businesses with schools to support a healthy workforce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5140C116" w14:textId="77777777" w:rsidR="00344F34" w:rsidRDefault="00344F34" w:rsidP="00CA7EA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CF31049" w14:textId="728833FD" w:rsidR="00D92BD5" w:rsidRPr="00040513" w:rsidRDefault="00D92BD5" w:rsidP="00CA7EA3">
-[...8 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+    <w:p w14:paraId="5EBC42FA" w14:textId="039F9AB6" w:rsidR="00ED5E26" w:rsidRDefault="00ED5E26" w:rsidP="00ED5E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Amanda Chenkin, Trustee (Baltimore, MD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043B2D96" w14:textId="77777777" w:rsidR="00ED5E26" w:rsidRDefault="00ED5E26" w:rsidP="00ED5E26">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED5E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>trauma-informed career counseling and coaching</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C346DCA" w14:textId="77777777" w:rsidR="00ED5E26" w:rsidRDefault="00ED5E26" w:rsidP="00ED5E26">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED5E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>workplace well-being</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106DAFA8" w14:textId="77777777" w:rsidR="00ED5E26" w:rsidRDefault="00ED5E26" w:rsidP="00ED5E26">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED5E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>business side of setting up private practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F16017" w14:textId="44190F53" w:rsidR="00ED5E26" w:rsidRPr="00ED5E26" w:rsidRDefault="00ED5E26" w:rsidP="00ED5E26">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED5E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>career practitioner mentoring and supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7950A705" w14:textId="77777777" w:rsidR="00ED5E26" w:rsidRPr="00040513" w:rsidRDefault="00ED5E26" w:rsidP="00ED5E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED5E26" w:rsidRPr="00040513" w:rsidSect="00114B5C">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03A917AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0CD81C7C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3F0299BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="085717C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="774E490C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1843,51 +1898,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A661E40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C82DD5C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1956,51 +2011,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF12847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B13E3528"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2069,51 +2124,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FD10539"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F89CFB52"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2182,51 +2237,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12C30413"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E42E5C52"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2295,51 +2350,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1344510E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B2085EA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2408,51 +2463,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13E45166"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4A425C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2557,51 +2612,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BEA1E1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D60567C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2670,51 +2725,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D945EF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F348A18C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2783,51 +2838,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="226826D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1876CF86"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2896,51 +2951,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="253B0BE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AF01CE0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3009,51 +3064,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A792B50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8342C36"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3122,51 +3177,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="393C0417"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14C2AC46"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3235,51 +3290,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39720793"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9530B886"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3348,51 +3403,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A546C9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8158765C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3461,51 +3516,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A9E074D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D7206DA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3574,51 +3629,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DEE09C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="922E8F9C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3687,51 +3742,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EFB5673"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F088E00"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3800,51 +3855,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40ED00B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1823664"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3913,51 +3968,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52F30980"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C124FE66"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4026,51 +4081,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57982847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1A0A38E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4139,51 +4194,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FBF6453"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19C2AC2A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4252,51 +4307,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DD43F5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A5ABBEC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4365,51 +4420,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FD05FA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C350808A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4478,51 +4533,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="730A0B10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D86CA68"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4591,51 +4646,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74664076"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52B2FA98"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4704,51 +4759,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="797420A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA821788"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4818,223 +4873,216 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="796485584">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="733966867">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="860316461">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1975282961">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1629317933">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1636372993">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1441141119">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1874029665">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="70005786">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2028555586">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="539633271">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1568808980">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1680346368">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1933586213">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1714696600">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1344014851">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="595290677">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1830823299">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="733966867">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="19" w16cid:durableId="388498159">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="860316461">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="20" w16cid:durableId="29578936">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1975282961">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="21" w16cid:durableId="1440219630">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1629317933">
-[...17 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="539633271">
+  <w:num w:numId="22" w16cid:durableId="861669230">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1568808980">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="23" w16cid:durableId="817110737">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1680346368">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="24" w16cid:durableId="282808683">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1933586213">
-[...5 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="1344014851">
+  <w:num w:numId="25" w16cid:durableId="1715537691">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="595290677">
-[...2 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="1830823299">
+  <w:num w:numId="26" w16cid:durableId="437531192">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="388498159">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="27" w16cid:durableId="7870251">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="29578936">
+  <w:num w:numId="28" w16cid:durableId="1045982493">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1440219630">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="29" w16cid:durableId="1161888811">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002573DA"/>
+    <w:rsid w:val="00007C86"/>
     <w:rsid w:val="00040513"/>
-    <w:rsid w:val="00095F51"/>
     <w:rsid w:val="000C4C3E"/>
-    <w:rsid w:val="000D432A"/>
     <w:rsid w:val="000F1107"/>
-    <w:rsid w:val="000F6678"/>
     <w:rsid w:val="00114B5C"/>
     <w:rsid w:val="00190D44"/>
     <w:rsid w:val="002573DA"/>
     <w:rsid w:val="002770E7"/>
     <w:rsid w:val="002F67CB"/>
     <w:rsid w:val="003004CB"/>
     <w:rsid w:val="00301E2B"/>
     <w:rsid w:val="00344F34"/>
     <w:rsid w:val="003B6BAB"/>
     <w:rsid w:val="003C18F8"/>
     <w:rsid w:val="003D4BF2"/>
     <w:rsid w:val="00414C0E"/>
     <w:rsid w:val="004224C6"/>
     <w:rsid w:val="00477738"/>
     <w:rsid w:val="00497923"/>
     <w:rsid w:val="004B0A3E"/>
     <w:rsid w:val="004C0930"/>
     <w:rsid w:val="004C4D8E"/>
     <w:rsid w:val="004C79E2"/>
     <w:rsid w:val="005000D5"/>
     <w:rsid w:val="0052573C"/>
     <w:rsid w:val="005906F0"/>
     <w:rsid w:val="005B0602"/>
     <w:rsid w:val="005D5A87"/>
+    <w:rsid w:val="00607BAC"/>
     <w:rsid w:val="00624DD3"/>
     <w:rsid w:val="0062754E"/>
     <w:rsid w:val="00650E3E"/>
     <w:rsid w:val="00663364"/>
     <w:rsid w:val="006D1EDC"/>
     <w:rsid w:val="007159C6"/>
     <w:rsid w:val="007F157D"/>
     <w:rsid w:val="0089416E"/>
     <w:rsid w:val="008B2A80"/>
+    <w:rsid w:val="0094458D"/>
     <w:rsid w:val="009942CE"/>
     <w:rsid w:val="009E1030"/>
     <w:rsid w:val="00A044BD"/>
     <w:rsid w:val="00A411E0"/>
     <w:rsid w:val="00A55B09"/>
     <w:rsid w:val="00A564ED"/>
     <w:rsid w:val="00A57F3B"/>
     <w:rsid w:val="00A675D2"/>
     <w:rsid w:val="00AA0EEE"/>
     <w:rsid w:val="00B5137B"/>
     <w:rsid w:val="00C02DA5"/>
     <w:rsid w:val="00C23243"/>
-    <w:rsid w:val="00C64CFA"/>
     <w:rsid w:val="00C949F9"/>
     <w:rsid w:val="00CA7EA3"/>
     <w:rsid w:val="00D72A05"/>
     <w:rsid w:val="00D838B2"/>
     <w:rsid w:val="00D908FA"/>
     <w:rsid w:val="00D92BD5"/>
-    <w:rsid w:val="00DC21C1"/>
     <w:rsid w:val="00E224E2"/>
     <w:rsid w:val="00E92E57"/>
     <w:rsid w:val="00EB020C"/>
     <w:rsid w:val="00EC66F3"/>
+    <w:rsid w:val="00ED5E26"/>
     <w:rsid w:val="00FC642D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -5424,165 +5472,97 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003D4BF2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A411E0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
-  </w:style>
-[...65 lines deleted...]
-    <w:rsid w:val="00C64CFA"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="236791471">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="244656327">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -5696,51 +5676,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2095785157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncda.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6007,61 +5987,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="202b2c09-c5b9-4655-8a89-32d2a793e0c0" xmlns:ns3="054655c4-386f-4d2b-a9a1-67652d452fa0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc3c84d99d042536e8e536889cfe667f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F78134802E893143A4AC568FD603A4DB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6e680dabfa99ad13668f37575fe6134e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="202b2c09-c5b9-4655-8a89-32d2a793e0c0" xmlns:ns3="054655c4-386f-4d2b-a9a1-67652d452fa0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3cc6a4c50858ed835c77f372886b6051" ns2:_="" ns3:_="">
     <xsd:import namespace="202b2c09-c5b9-4655-8a89-32d2a793e0c0"/>
     <xsd:import namespace="054655c4-386f-4d2b-a9a1-67652d452fa0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -6270,114 +6241,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="202b2c09-c5b9-4655-8a89-32d2a793e0c0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="054655c4-386f-4d2b-a9a1-67652d452fa0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B0ED85F-AE2D-43FB-BF01-0EB836B49DD2}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C316BFEE-9264-40D4-A97A-540562EE190F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB024411-9BE6-484A-900D-78A46E10942F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="202b2c09-c5b9-4655-8a89-32d2a793e0c0"/>
     <ds:schemaRef ds:uri="054655c4-386f-4d2b-a9a1-67652d452fa0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>494</Words>
-  <Characters>2819</Characters>
+  <Words>503</Words>
+  <Characters>2868</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3307</CharactersWithSpaces>
+  <CharactersWithSpaces>3365</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Deneen Pennington</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F78134802E893143A4AC568FD603A4DB</vt:lpwstr>
   </property>